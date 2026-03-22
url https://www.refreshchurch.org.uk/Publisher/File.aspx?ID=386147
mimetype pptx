--- v0 (2025-11-04)
+++ v1 (2026-03-22)
@@ -146,87 +146,92 @@
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl7pPr>
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
+  <p:extLst>
+    <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
+    </p:ext>
+  </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
-    <p:restoredLeft sz="17008"/>
+    <p:restoredLeft sz="17022"/>
     <p:restoredTop sz="94722"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
-      <p:cViewPr>
+      <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="110" d="100"/>
-          <a:sy n="110" d="100"/>
+          <a:sx n="115" d="100"/>
+          <a:sy n="115" d="100"/>
         </p:scale>
-        <p:origin x="144" y="288"/>
+        <p:origin x="400" y="200"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
@@ -290,51 +295,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{88D2FB24-CA48-3741-ACDA-022AB46DE4EC}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/14/25</a:t>
+              <a:t>2/26/26</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -872,51 +877,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A3399E1A-7591-1A3A-E2CA-A10D177E20FA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9185B0D3-CFC1-BC45-9A25-6B515EB4FF28}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/14/25</a:t>
+              <a:t>2/26/26</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E4E790AE-52D2-86A9-5C0E-0CBE470781CA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -1072,51 +1077,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B2685FA2-6477-2847-4815-11C16BF867C0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9185B0D3-CFC1-BC45-9A25-6B515EB4FF28}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/14/25</a:t>
+              <a:t>2/27/26</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8A3EA362-3C21-C068-F94F-89E3FB09243A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -1282,51 +1287,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{575A437A-3187-D54B-DB10-866931D08D3F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9185B0D3-CFC1-BC45-9A25-6B515EB4FF28}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/14/25</a:t>
+              <a:t>2/27/26</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C6C830F7-F092-3F8A-769A-C307D6211475}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -1482,51 +1487,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{16645895-1C46-DD56-3CED-62B71998E6CF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9185B0D3-CFC1-BC45-9A25-6B515EB4FF28}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/14/25</a:t>
+              <a:t>2/26/26</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{252CA498-B2AF-AA8C-0ACA-C60854CF878F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -1758,51 +1763,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3DF85166-7501-D52C-86A0-4A7E7D9156C0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9185B0D3-CFC1-BC45-9A25-6B515EB4FF28}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/14/25</a:t>
+              <a:t>2/26/26</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{100B626E-7FD4-B0FB-ACEE-FC192E956BC2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2026,51 +2031,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{11248CBF-FA0F-56F5-CD2D-613F694421EE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9185B0D3-CFC1-BC45-9A25-6B515EB4FF28}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/14/25</a:t>
+              <a:t>2/26/26</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A49F1520-F344-4493-DF63-48E66D4B2E59}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2441,51 +2446,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08008E21-DDE9-7A8D-9366-C108ABBE2825}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9185B0D3-CFC1-BC45-9A25-6B515EB4FF28}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/14/25</a:t>
+              <a:t>2/27/26</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{288FBDC9-B363-0A1D-DE69-BEA12373B33D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2583,51 +2588,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EB39AE0A-CB88-D5E1-8CB2-4C9BC6E19C7A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9185B0D3-CFC1-BC45-9A25-6B515EB4FF28}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/14/25</a:t>
+              <a:t>2/26/26</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B8335337-9AB5-2730-0263-709EEE2F76AB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2696,51 +2701,51 @@
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{84A39695-17B4-AB96-1270-14F30A06BB9F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9185B0D3-CFC1-BC45-9A25-6B515EB4FF28}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/14/25</a:t>
+              <a:t>2/27/26</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6196B010-FBD8-273B-8406-01DCE50A43DB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -3009,51 +3014,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7DA63D9E-09F6-3680-324D-415E0E8D53D5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9185B0D3-CFC1-BC45-9A25-6B515EB4FF28}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/14/25</a:t>
+              <a:t>2/27/26</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{84355FA6-56A3-8CDA-DBAF-7297F451087F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -3298,51 +3303,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C7532B2B-2EBE-C3DD-F5BC-158706A718C6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9185B0D3-CFC1-BC45-9A25-6B515EB4FF28}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/14/25</a:t>
+              <a:t>2/27/26</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3E8B88CA-69A0-A072-65AC-5DEB2473E07A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -3545,51 +3550,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{9185B0D3-CFC1-BC45-9A25-6B515EB4FF28}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/14/25</a:t>
+              <a:t>2/26/26</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{943FF8E9-FB13-33ED-DEBB-C2D41DFC6F5A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4038600" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
@@ -3999,51 +4004,51 @@
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
@@ -7083,124 +7088,131 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="1026" name="Picture 2" descr="Children in Gaza need life-saving support | UNICEF">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{273F96A4-7A32-F6E3-44C7-93606BD69606}"/>
+          <p:cNvPr id="3" name="Picture 2" descr="wikimedia.org">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{99BC9B79-B72F-B330-B4F5-E81A34DE1C41}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
-          <a:srcRect t="7812" b="7812"/>
+          <a:srcRect b="25077"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="12192000" cy="6858000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7B589CD8-8F9E-FA2C-7D13-A933B2C0FAEF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4872941" y="309312"/>
-            <a:ext cx="7454525" cy="1465663"/>
+            <a:off x="7839307" y="521186"/>
+            <a:ext cx="7755467" cy="1465663"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>Bad news abounds…</a:t>
+              <a:t>Bad news</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>            abounds…</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1690319268"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -9784,89 +9796,89 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>801</Words>
+  <Words>803</Words>
   <Application>Microsoft Macintosh PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
   <Paragraphs>104</Paragraphs>
   <Slides>13</Slides>
   <Notes>1</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>13</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="17" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Calibri Light</vt:lpstr>
       <vt:lpstr>Office Theme</vt:lpstr>
       <vt:lpstr>A Better Story</vt:lpstr>
-      <vt:lpstr>Bad news abounds…</vt:lpstr>
+      <vt:lpstr>Bad news             abounds…</vt:lpstr>
       <vt:lpstr>Is the Bible bad news?</vt:lpstr>
       <vt:lpstr>Jesus just doesn’t fit that story </vt:lpstr>
       <vt:lpstr>How might Jesus reshape the story?</vt:lpstr>
       <vt:lpstr>Genesis 1:1-8 in the beginning</vt:lpstr>
       <vt:lpstr>What can we learn</vt:lpstr>
       <vt:lpstr>Necessary, not good</vt:lpstr>
       <vt:lpstr>Jesus brings light &amp; communion</vt:lpstr>
       <vt:lpstr>In the end</vt:lpstr>
       <vt:lpstr>One final lesson</vt:lpstr>
       <vt:lpstr>A wonderful relational story </vt:lpstr>
       <vt:lpstr>So what?</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Colin Barnes</dc:creator>